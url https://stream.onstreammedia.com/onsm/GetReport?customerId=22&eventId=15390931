--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Event" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
   <si>
     <t>Event Sponsor</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Event Title</t>
   </si>
   <si>
     <t>Cue Biopharma</t>
   </si>
   <si>
     <t>Start Date/Time</t>
   </si>
   <si>
     <t>End Date/Time</t>
   </si>
   <si>
     <t>Time Zone</t>
   </si>
   <si>
     <t>Eastern</t>
   </si>
   <si>
@@ -316,50 +316,86 @@
     <t>XIAOSI HAN</t>
   </si>
   <si>
     <t>xhan@uab.edu</t>
   </si>
   <si>
     <t>uab</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
     <t>steve.van.ngo@gmail.com</t>
   </si>
   <si>
     <t>Individual investor</t>
   </si>
   <si>
     <t>sean</t>
   </si>
   <si>
     <t>seanlevans@gmail.com</t>
   </si>
   <si>
     <t>self</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>armistead46@gmail.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Adrian Bot</t>
+  </si>
+  <si>
+    <t>adrian1bot@ail.com</t>
+  </si>
+  <si>
+    <t>Self employed</t>
+  </si>
+  <si>
+    <t>theo</t>
+  </si>
+  <si>
+    <t>clarktheo@yahoo.com</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>arden grant</t>
+  </si>
+  <si>
+    <t>agrant@sompo-intl.com</t>
+  </si>
+  <si>
+    <t>sompo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-en-US]m/d/yyyy h:mm AM/PM;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3D3D3" tint="0"/>
@@ -416,51 +452,51 @@
     <xf numFmtId="164" fontId="0" borderId="2">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" borderId="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" borderId="4">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" borderId="3">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:F52"/>
+  <dimension ref="A1:F56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.710036277770996" customWidth="1"/>
     <col min="2" max="2" width="26.439945220947266" customWidth="1"/>
     <col min="3" max="3" width="22.367122650146484" customWidth="1"/>
     <col min="4" max="4" width="17.57099151611328" customWidth="1"/>
     <col min="5" max="5" width="17.57099151611328" customWidth="1"/>
     <col min="6" max="6" width="13.48691463470459" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
@@ -1310,36 +1346,100 @@
       <c r="C51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D51" s="9"/>
       <c r="E51" s="9"/>
       <c r="F51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="3">
         <v>0</v>
       </c>
     </row>
+    <row r="53">
+      <c r="A53" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D53" s="9"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D54" s="9"/>
+      <c r="E54" s="9"/>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D55" s="9"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D56" s="9"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B5:F5"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>