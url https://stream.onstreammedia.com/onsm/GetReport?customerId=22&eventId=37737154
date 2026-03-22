--- v0 (2025-10-10)
+++ v1 (2026-03-22)
@@ -270,132 +270,132 @@
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.461431503295898" customWidth="1"/>
     <col min="2" max="2" width="27.309551239013672" customWidth="1"/>
     <col min="3" max="3" width="19.092288970947266" customWidth="1"/>
     <col min="4" max="4" width="17.57099151611328" customWidth="1"/>
-    <col min="5" max="5" width="17.57099151611328" customWidth="1"/>
+    <col min="5" max="5" width="18.664648056030273" customWidth="1"/>
     <col min="6" max="6" width="13.48691463470459" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="6">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="C3" s="7">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="D3" s="7">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="E3" s="7">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="F3" s="8">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
       <c r="C4" s="7">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
       <c r="D4" s="7">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
       <c r="E4" s="7">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
       <c r="F4" s="8">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>8</v>
@@ -437,54 +437,54 @@
         <v>14</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="9">
-        <v>45905.32361111111</v>
+        <v>45905.40694444445</v>
       </c>
       <c r="E10" s="9">
-        <v>45905.34305555555</v>
+        <v>45905.42638888889</v>
       </c>
       <c r="F10" s="3">
         <v>29</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
       <c r="F11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3" t="s">
         <v>23</v>
       </c>
@@ -505,202 +505,202 @@
         <v>1</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="9">
-        <v>45905.32361111111</v>
+        <v>45905.40694444445</v>
       </c>
       <c r="E14" s="9">
-        <v>45905.34375</v>
+        <v>45905.427083333336</v>
       </c>
       <c r="F14" s="3">
         <v>30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
       <c r="F16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="9">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="E17" s="9">
-        <v>45905.34305555555</v>
+        <v>45905.42638888889</v>
       </c>
       <c r="F17" s="3">
         <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="9">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="E18" s="9">
-        <v>45905.34305555555</v>
+        <v>45905.42638888889</v>
       </c>
       <c r="F18" s="3">
         <v>28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="9">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="E20" s="9">
-        <v>45905.34305555555</v>
+        <v>45905.42638888889</v>
       </c>
       <c r="F20" s="3">
         <v>30</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="9">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="E21" s="9">
-        <v>45905.322916666664</v>
+        <v>45905.40625</v>
       </c>
       <c r="F21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="9">
-        <v>45905.32430555556</v>
+        <v>45905.407638888886</v>
       </c>
       <c r="E22" s="9">
-        <v>45905.34305555555</v>
+        <v>45905.42638888889</v>
       </c>
       <c r="F22" s="3">
         <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="3" t="s">
         <v>46</v>
       </c>